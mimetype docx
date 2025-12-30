--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -73,108 +73,112 @@
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00775D64" w:rsidRPr="00775D64" w:rsidRDefault="00667EAE">
+                          <w:p w:rsidR="00775D64" w:rsidRPr="00775D64" w:rsidRDefault="00E4533F">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>7/26/2023</w:t>
+                              <w:t>10/1/2025</w:t>
                             </w:r>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                            <w:bookmarkEnd w:id="0"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:446.85pt;margin-top:8.85pt;width:49.85pt;height:17.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHytQEiAIAAIkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L7t5QYnYoBREVQkB&#10;KlScHa+dWLU9ru1kN/31jL2bRykXql52x55vXp9n5uKyNZpshA8KbEUHJyUlwnKolV1W9MfTzafP&#10;lITIbM00WFHRrQj0cvbxw0XjpmIIK9C18ASd2DBtXEVXMbppUQS+EoaFE3DColKCNyzi0S+L2rMG&#10;vRtdDMvytGjA184DFyHg7XWnpLPsX0rB472UQUSiK4q5xfz1+btI32J2waZLz9xK8T4N9g9ZGKYs&#10;Bt27umaRkbVXf7kyinsIIOMJB1OAlIqLXANWMyhfVfO4Yk7kWpCc4PY0hf/nlt9tHjxRdUVHlFhm&#10;8ImeRBvJF2jJKLHTuDBF0KNDWGzxGl95dx/wMhXdSm/SH8shqEeet3tukzOOl6ejUXk+oYSjajg4&#10;L88myUtxMHY+xK8CDElCRT0+XWaUbW5D7KA7SIoVQKv6RmmdD6ldxJX2ZMPwoXXMKaLzP1DakiYl&#10;MimzYwvJvPOsbXIjcsP04VLhXYFZilstEkbb70IiYbnON2IzzoXdx8/ohJIY6j2GPf6Q1XuMuzrQ&#10;IkcGG/fGRlnwufo8YQfK6p87ymSHx7c5qjuJsV20fUMsoN5iP3jo5ik4fqPw1W5ZiA/M4wBhC+BS&#10;iPf4kRqQdeglSlbgf791n/DY16ilpMGBrGj4tWZeUKK/Wez488F4nCY4H8aTsyEe/LFmcayxa3MF&#10;2AoDXD+OZzHho96J0oN5xt0xT1FRxSzH2BWNO/EqdmsCdw8X83kG4cw6Fm/to+PJdaI39eRT+8y8&#10;6xs3YsffwW502fRV/3bYZGlhvo4gVW7uRHDHak88znsej343pYVyfM6owwadvQAAAP//AwBQSwME&#10;FAAGAAgAAAAhAImCqp7gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQhu8m/odmTLwY&#10;twiuLEjZGONH4s3Fj3jr0hGIdEpoF/DfO570NJm8T955ptguthcTjr5zpOBiFYFAqp3pqFHwUt2f&#10;b0D4oMno3hEq+EYP2/L4qNC5cTM947QLjeAS8rlW0IYw5FL6ukWr/coNSJx9utHqwOvYSDPqmctt&#10;L+MoupJWd8QXWj3gbYv11+5gFXycNe9Pfnl4nZN1Mtw9TlX6ZiqlTk+Wm2sQAZfwB8OvPqtDyU57&#10;dyDjRa9gkyUpoxykPBnIsuQSxF7BOo5BloX8/0H5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAIfK1ASIAgAAiQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAImCqp7gAAAACQEAAA8AAAAAAAAAAAAAAAAA4gQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00775D64" w:rsidRPr="00775D64" w:rsidRDefault="00667EAE">
+                    <w:p w:rsidR="00775D64" w:rsidRPr="00775D64" w:rsidRDefault="00E4533F">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
-                        <w:t>7/26/2023</w:t>
+                        <w:t>10/1/2025</w:t>
                       </w:r>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008347F0" w:rsidRPr="008347F0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sherwood Community Bank</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008347F0" w:rsidRDefault="00FE546F" w:rsidP="008347F0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -271,62 +275,70 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MIB</w:t>
       </w:r>
       <w:r w:rsidR="009F7A7B" w:rsidRPr="001E7160">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009F7A7B" w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>UMB</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="008347F0" w:rsidRPr="00D666E6" w:rsidRDefault="008347F0" w:rsidP="008347F0">
+    <w:p w:rsidR="008347F0" w:rsidRPr="00982815" w:rsidRDefault="00982815" w:rsidP="008347F0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(Debtor)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="008347F0" w:rsidRPr="009661B1" w:rsidRDefault="008347F0" w:rsidP="008347F0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Originator</w:t>
       </w:r>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -548,56 +560,57 @@
       <w:r w:rsidR="002D5367">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zip__________</w:t>
       </w:r>
       <w:r w:rsidR="00874862">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008347F0" w:rsidRPr="00B40E59" w:rsidRDefault="00874862" w:rsidP="00B40E59">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="008347F0" w:rsidRPr="00982815" w:rsidRDefault="00874862" w:rsidP="00982815">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4621CAC7" wp14:editId="196D1747">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3036569</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>66040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3228975" cy="1143000"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
@@ -989,173 +1002,196 @@
                           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="00874862" w:rsidRPr="00A74015" w:rsidRDefault="00874862" w:rsidP="002A204A">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008347F0" w:rsidRPr="009661B1" w:rsidRDefault="008347F0" w:rsidP="00A74015">
+    <w:p w:rsidR="008347F0" w:rsidRPr="009661B1" w:rsidRDefault="008347F0" w:rsidP="00982815">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009661B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instructing Bank</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A204A" w:rsidRPr="009661B1" w:rsidRDefault="002A204A" w:rsidP="00A74015">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Instructing Bank</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sherwood Community Bank</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A204A" w:rsidRPr="009661B1" w:rsidRDefault="002A204A" w:rsidP="00A74015">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sherwood Community Bank</w:t>
+        <w:t>202 D Street/PO Box 68</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A204A" w:rsidRPr="009661B1" w:rsidRDefault="002A204A" w:rsidP="00A74015">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>202 D Street/PO Box 68</w:t>
+        <w:t>Creighton, MO  64739</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A204A" w:rsidRPr="009661B1" w:rsidRDefault="002A204A" w:rsidP="00A74015">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Creighton, MO  64739</w:t>
+        <w:t>Routing No. 101209412</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A204A" w:rsidRPr="009661B1" w:rsidRDefault="002A204A" w:rsidP="00A74015">
+    <w:p w:rsidR="009F7A7B" w:rsidRDefault="009F7A7B" w:rsidP="008347F0">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874862" w:rsidRPr="00982815" w:rsidRDefault="00982815" w:rsidP="00982815">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="5112"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(Creditor Agent)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                           (Intermediary Agent)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7A7B" w:rsidRPr="00D666E6" w:rsidRDefault="009661B1" w:rsidP="00A74015">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
-          <w:sz w:val="24"/>
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D666E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Destination</w:t>
       </w:r>
       <w:r w:rsidR="009F7A7B" w:rsidRPr="00D666E6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bank</w:t>
       </w:r>
       <w:r w:rsidRPr="00D666E6">
         <w:rPr>
@@ -1551,129 +1587,129 @@
       <w:r w:rsidR="009F7A7B" w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="002D5367">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="009F7A7B" w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F7A7B" w:rsidRPr="009661B1" w:rsidRDefault="009661B1" w:rsidP="00AB3CC4">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="009F7A7B" w:rsidRDefault="009661B1" w:rsidP="00982815">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State __________</w:t>
       </w:r>
       <w:r w:rsidR="002D5367">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zip _________</w:t>
       </w:r>
       <w:r w:rsidR="002D5367">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="009661B1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A74015" w:rsidRDefault="00A74015" w:rsidP="009661B1">
-[...1 lines deleted...]
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00A74015" w:rsidRDefault="00A74015" w:rsidP="00982815">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A74015">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beneficiary (person receiving)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00982815" w:rsidRPr="00982815">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Creditor)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A74015" w:rsidRDefault="00A74015" w:rsidP="00D666E6">
       <w:pPr>
         <w:spacing w:afterLines="100" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Leelawadee"/>
           <w:sz w:val="24"/>
@@ -2047,57 +2083,65 @@
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Wire Transfer Fee:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00260932" w:rsidRDefault="00260932" w:rsidP="00260932">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00260932">
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:r w:rsidR="00D84365">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>$20</w:t>
+                            </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>$15.00 Domestic</w:t>
+                              <w:t>.00 Domestic</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00260932" w:rsidRDefault="00260932" w:rsidP="00260932">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> __ Collected</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cstheme="minorHAnsi"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
@@ -2204,57 +2248,65 @@
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Wire Transfer Fee:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00260932" w:rsidRDefault="00260932" w:rsidP="00260932">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00260932">
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:r w:rsidR="00D84365">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>$20</w:t>
+                      </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t>$15.00 Domestic</w:t>
+                        <w:t>.00 Domestic</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00260932" w:rsidRDefault="00260932" w:rsidP="00260932">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> __ Collected</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cstheme="minorHAnsi"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
@@ -2650,53 +2702,52 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Leelawadee">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="01000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -3295,84 +3346,87 @@
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008347F0"/>
     <w:rsid w:val="0001292F"/>
     <w:rsid w:val="001E7160"/>
     <w:rsid w:val="00260932"/>
     <w:rsid w:val="002A204A"/>
     <w:rsid w:val="002D5367"/>
     <w:rsid w:val="00415DC5"/>
     <w:rsid w:val="00530165"/>
     <w:rsid w:val="005557C3"/>
     <w:rsid w:val="00604239"/>
     <w:rsid w:val="00667EAE"/>
     <w:rsid w:val="00716AB7"/>
     <w:rsid w:val="00775D64"/>
     <w:rsid w:val="00821A87"/>
     <w:rsid w:val="008347F0"/>
     <w:rsid w:val="00871266"/>
     <w:rsid w:val="00874862"/>
     <w:rsid w:val="009661B1"/>
     <w:rsid w:val="00967267"/>
+    <w:rsid w:val="00982815"/>
     <w:rsid w:val="009D0B11"/>
     <w:rsid w:val="009F7A7B"/>
     <w:rsid w:val="00A7139C"/>
     <w:rsid w:val="00A74015"/>
     <w:rsid w:val="00AB0FCE"/>
     <w:rsid w:val="00AB3CC4"/>
     <w:rsid w:val="00B40E59"/>
     <w:rsid w:val="00D666E6"/>
+    <w:rsid w:val="00D84365"/>
+    <w:rsid w:val="00E4533F"/>
     <w:rsid w:val="00FE546F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="38361209"/>
+  <w14:docId w14:val="6FC1ACB3"/>
   <w15:docId w15:val="{FC7D8EFE-58AD-47C7-92C3-979AFED48F85}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4151,78 +4205,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44998708-AE6A-46CE-9387-743355BD00AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90975317-855E-4F0F-95AF-3033533B2A7D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>308</Words>
-  <Characters>1761</Characters>
+  <Words>320</Words>
+  <Characters>1830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sherwood Community Bank</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2065</CharactersWithSpaces>
+  <CharactersWithSpaces>2146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Myra Hutchings</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>